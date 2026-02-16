--- v0 (2025-12-05)
+++ v1 (2026-02-16)
@@ -12,51 +12,51 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="751679E9" w14:textId="77777777" w:rsidR="00505931" w:rsidRDefault="00505931">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7A4FDFC5" w14:textId="128F82F1" w:rsidR="00505931" w:rsidRPr="00450246" w:rsidRDefault="009B62EB" w:rsidP="007C3908">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007C3908">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
@@ -1930,115 +1930,102 @@
                                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="00EA1CE8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>No.</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00E64B37">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve">, </w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidR="00EA1CE8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>pp</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="00E64B37">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>-</w:t>
                             </w:r>
                             <w:r w:rsidR="00EA1CE8">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>pp</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00E64B37">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
                             <w:r w:rsidR="00EA1CE8" w:rsidRPr="00EA1CE8">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:color w:val="A6A6A6"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="00EA1CE8" w:rsidRPr="007C3908">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                                 <w:color w:val="A6A6A6"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>(</w:t>
+                              <w:t>(Clibri</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-                            <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidR="007C3908" w:rsidRPr="007C3908">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                                 <w:color w:val="A6A6A6"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Light</w:t>
                             </w:r>
                             <w:r w:rsidR="00EA1CE8" w:rsidRPr="007C3908">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                                 <w:color w:val="A6A6A6"/>
                                 <w:spacing w:val="28"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="00EA1CE8" w:rsidRPr="007C3908">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                                 <w:color w:val="A6A6A6"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
@@ -2312,115 +2299,102 @@
                           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="00EA1CE8">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>No.</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E64B37">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve">, </w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidR="00EA1CE8">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>pp</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="00E64B37">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>-</w:t>
                       </w:r>
                       <w:r w:rsidR="00EA1CE8">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>pp</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00E64B37">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>.</w:t>
                       </w:r>
                       <w:r w:rsidR="00EA1CE8" w:rsidRPr="00EA1CE8">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:color w:val="A6A6A6"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="00EA1CE8" w:rsidRPr="007C3908">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                           <w:color w:val="A6A6A6"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
-                        <w:t>(</w:t>
+                        <w:t>(Clibri</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
-[...9 lines deleted...]
-                      <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidR="007C3908" w:rsidRPr="007C3908">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                           <w:color w:val="A6A6A6"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Light</w:t>
                       </w:r>
                       <w:r w:rsidR="00EA1CE8" w:rsidRPr="007C3908">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                           <w:color w:val="A6A6A6"/>
                           <w:spacing w:val="28"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="00EA1CE8" w:rsidRPr="007C3908">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                           <w:color w:val="A6A6A6"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
@@ -2723,335 +2697,215 @@
                               <a:headEnd/>
                               <a:tailEnd/>
                             </a14:hiddenLine>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w14:paraId="333786EC" w14:textId="77777777" w:rsidR="00A8314C" w:rsidRDefault="00EA1CE8" w:rsidP="00A8314C">
                             <w:pPr>
                               <w:ind w:left="227" w:right="45"/>
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="es-419"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00663B62">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="es-419"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Fecha de Recepción: </w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="es-419"/>
                               </w:rPr>
-                              <w:t>dd</w:t>
+                              <w:t>dd/mm/aaaa</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-                            <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="00663B62">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="es-419"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5FA1CAA2" w14:textId="3162B7F2" w:rsidR="00EA1CE8" w:rsidRPr="00663B62" w:rsidRDefault="00EA1CE8" w:rsidP="00A8314C">
                             <w:pPr>
                               <w:ind w:left="227" w:right="45"/>
                               <w:rPr>
                                 <w:lang w:val="es-419"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00663B62">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="es-419"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Fecha de Aceptación: </w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="es-419"/>
                               </w:rPr>
-                              <w:t>dd</w:t>
+                              <w:t>dd/mm/aaaa</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-                            <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="00663B62">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="es-419"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00663B62">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="es-419"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Fecha de Publicación: </w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="es-419"/>
                               </w:rPr>
-                              <w:t>dd</w:t>
+                              <w:t>dd/mm/aaaa</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-                            <w:proofErr w:type="spellEnd"/>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="3144F2AD" id="Text Box 270" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:.05pt;margin-top:89.25pt;width:187.1pt;height:43.65pt;z-index:251661824;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXGG3g8AEAAMEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJm3Yw4hRdsgwD&#10;ugvQ9QNkWbaFyaJGKbGzrx8lO+kub8VeBEokD3kOqfXd0Bl2VOg12IIvZnPOlJVQadsU/Onb/s1b&#10;znwQthIGrCr4SXl+t3n9at27XC2hBVMpZARifd67grchuDzLvGxVJ/wMnLLkrAE7EeiKTVah6Am9&#10;M9lyPr/JesDKIUjlPb3uRiffJPy6VjJ8qWuvAjMFp95COjGdZTyzzVrkDQrXajm1IV7QRSe0paIX&#10;qJ0Igh1Q/wPVaYngoQ4zCV0Gda2lShyIzWL+F5vHVjiVuJA43l1k8v8PVn4+PrqvyMLwDgYaYCLh&#10;3QPI755Z2LbCNuoeEfpWiYoKL6JkWe98PqVGqX3uI0jZf4KKhiwOARLQUGMXVSGejNBpAKeL6GoI&#10;TNLj8ur2ZnFLLkm+1er6arVKJUR+znbowwcFHYtGwZGGmtDF8cGH2I3IzyGxmAejq702Jl2wKbcG&#10;2VHQArxf7K/3uwn9jzBjY7CFmDYixpdEMzIbOYahHJiuJg0i6xKqE/FGGPeK/gEZLeBPznraqYL7&#10;HweBijPz0ZJ2cQHPBp6N8mwIKym14IGz0dyGcVEPDnXTEvI4HQv3pG+tE/XnLqZ2aU+SItNOx0X8&#10;/Z6inn/e5hcAAAD//wMAUEsDBBQABgAIAAAAIQCYEPVH3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BasMwEETvhf6D2EJvjdykToxrOZRC6bVJW0JuG2ttmVgrY8mJ8/dVTullYJhl5m2xnmwn&#10;TjT41rGC51kCgrhyuuVGwc/3x1MGwgdkjZ1jUnAhD+vy/q7AXLszb+i0DY2IJexzVGBC6HMpfWXI&#10;op+5njhmtRsshmiHRuoBz7HcdnKeJEtpseW4YLCnd0PVcTtaBbvPvf9Kj7i//Ka1qfvdWMuUlHp8&#10;mN5eQQSawu0YrvgRHcrIdHAjay+6qxch6ipLQcR4sXpZgDgomC/TDGRZyP8PlH8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAlxht4PABAADBAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAmBD1R94AAAAIAQAADwAAAAAAAAAAAAAAAABKBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFUFAAAAAA==&#10;" fillcolor="#e1f4fd" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="333786EC" w14:textId="77777777" w:rsidR="00A8314C" w:rsidRDefault="00EA1CE8" w:rsidP="00A8314C">
                       <w:pPr>
                         <w:ind w:left="227" w:right="45"/>
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="es-419"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00663B62">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="es-419"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Fecha de Recepción: </w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="es-419"/>
                         </w:rPr>
-                        <w:t>dd</w:t>
+                        <w:t>dd/mm/aaaa</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-                      <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="00663B62">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="es-419"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5FA1CAA2" w14:textId="3162B7F2" w:rsidR="00EA1CE8" w:rsidRPr="00663B62" w:rsidRDefault="00EA1CE8" w:rsidP="00A8314C">
                       <w:pPr>
                         <w:ind w:left="227" w:right="45"/>
                         <w:rPr>
                           <w:lang w:val="es-419"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00663B62">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="es-419"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Fecha de Aceptación: </w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="es-419"/>
                         </w:rPr>
-                        <w:t>dd</w:t>
+                        <w:t>dd/mm/aaaa</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-                      <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="00663B62">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="es-419"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00663B62">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="es-419"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Fecha de Publicación: </w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="es-419"/>
                         </w:rPr>
-                        <w:t>dd</w:t>
+                        <w:t>dd/mm/aaaa</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellEnd"/>
-[...17 lines deleted...]
-                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="170D3173" w14:textId="524F32F9" w:rsidR="00505931" w:rsidRPr="00153E97" w:rsidRDefault="00505931" w:rsidP="00633846">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D09EF00" w14:textId="77777777" w:rsidR="00505931" w:rsidRDefault="00505931">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="10"/>
@@ -11877,50 +11731,51 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4E483A3B" w14:textId="3A42EEE8" w:rsidR="00E8015B" w:rsidRPr="00FA47DE" w:rsidRDefault="00FA47DE" w:rsidP="0056636C">
       <w:pPr>
         <w:spacing w:before="230"/>
         <w:ind w:left="524"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA47DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>***</w:t>
       </w:r>
       <w:r w:rsidR="00DF7367" w:rsidRPr="00FA47DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Se enviará además como archivo independiente en formato JPG a través de la plataforma</w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="Figura_1:_(Times_12,_negrita,_centrado,_"/>
       <w:bookmarkStart w:id="6" w:name="Figura_2:_(Times_12,_negrita,_centrado,_"/>
       <w:bookmarkEnd w:id="5"/>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
     <w:p w14:paraId="330CBBBF" w14:textId="3991932D" w:rsidR="00505931" w:rsidRPr="00153E97" w:rsidRDefault="009B62EB" w:rsidP="00E8015B">
       <w:pPr>
         <w:spacing w:before="230"/>
         <w:ind w:left="524"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -14852,275 +14707,300 @@
     </w:p>
     <w:p w14:paraId="72B04015" w14:textId="77777777" w:rsidR="00B21127" w:rsidRDefault="00B21127">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4249E131" w14:textId="77777777" w:rsidR="00B21127" w:rsidRDefault="00B21127">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="69583ECC" w14:textId="77777777" w:rsidR="00B21127" w:rsidRDefault="00B21127">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21A304F4" w14:textId="41E09478" w:rsidR="00505931" w:rsidRPr="00B21127" w:rsidRDefault="009B62EB" w:rsidP="00B21127">
+    <w:p w14:paraId="0601C502" w14:textId="4B0AFE04" w:rsidR="00505931" w:rsidRDefault="009B62EB" w:rsidP="00AB18CC">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="7D7D7D"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="1._REFERENCIAS"/>
       <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="00AB18CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="221F1F"/>
           <w:w w:val="95"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>REFERENCIAS</w:t>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="(Epígrafe_obligatorio._Times_12,_negrita"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidR="00B21127">
+      <w:r w:rsidR="00B21127" w:rsidRPr="00AB18CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="221F1F"/>
           <w:w w:val="95"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="00AB18CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(Epígrafe</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="00AB18CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="00AB18CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>obligatorio.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="00AB18CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E438B6">
+      <w:r w:rsidR="00E438B6" w:rsidRPr="00AB18CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Calibri 12</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="00AB18CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="00AB18CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="00AB18CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>negrita,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="00AB18CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="00AB18CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>justificado,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="00AB18CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="00AB18CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>interlineado</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="00AB18CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="00AB18CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sencillo)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="00AB18CC">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
-[...25 lines deleted...]
-        <w:t>/ O CUALQUIER OTRO ACORTADOR DE ENLACES.</w:t>
+      <w:r w:rsidR="003B0275">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="7D7D7D"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Todas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB18CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="7D7D7D"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B0275">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="7D7D7D"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>las</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB18CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="7D7D7D"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> URL</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB18CC" w:rsidRPr="00AB18CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="7D7D7D"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> o DOI, según el caso, serán presentadas en su formato original y n</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB18CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="7D7D7D"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>unca</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB18CC" w:rsidRPr="00AB18CC">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="7D7D7D"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> acortadas. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0601C502" w14:textId="77777777" w:rsidR="00505931" w:rsidRPr="00153E97" w:rsidRDefault="00505931">
-[...7 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="2B2C184B" w14:textId="77777777" w:rsidR="00AB18CC" w:rsidRPr="00AB18CC" w:rsidRDefault="00AB18CC" w:rsidP="00AB18CC"/>
     <w:p w14:paraId="0CEF9DD5" w14:textId="77777777" w:rsidR="00505931" w:rsidRPr="00153E97" w:rsidRDefault="009B62EB" w:rsidP="00B21127">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>Las</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
@@ -21763,103 +21643,103 @@
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>autores</w:t>
       </w:r>
       <w:r w:rsidR="00305766" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>/as.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00505931" w:rsidRPr="00153E97" w:rsidSect="00E8015B">
       <w:footerReference w:type="default" r:id="rId38"/>
       <w:pgSz w:w="11920" w:h="16850"/>
       <w:pgMar w:top="780" w:right="460" w:bottom="1060" w:left="740" w:header="454" w:footer="315" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="09AB72E4" w14:textId="77777777" w:rsidR="009E0254" w:rsidRDefault="009E0254">
+    <w:p w14:paraId="25D63E69" w14:textId="77777777" w:rsidR="008E2B0A" w:rsidRDefault="008E2B0A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27EDF49D" w14:textId="77777777" w:rsidR="009E0254" w:rsidRDefault="009E0254">
+    <w:p w14:paraId="51F7EF06" w14:textId="77777777" w:rsidR="008E2B0A" w:rsidRDefault="008E2B0A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-966583682"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="0AFF7817" w14:textId="2429E098" w:rsidR="00DF7367" w:rsidRDefault="00DF7367" w:rsidP="00DF7367">
         <w:pPr>
           <w:spacing w:before="14"/>
           <w:ind w:left="20"/>
           <w:rPr>
             <w:sz w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:color w:val="221F1F"/>
@@ -22154,51 +22034,51 @@
       <w:t>el</w:t>
     </w:r>
     <w:r w:rsidRPr="00FA47DE">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7D7D7D"/>
         <w:spacing w:val="-8"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00FA47DE">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7D7D7D"/>
         <w:spacing w:val="-2"/>
         <w:sz w:val="16"/>
       </w:rPr>
       <w:t>editor)</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7159E011" w14:textId="15739092" w:rsidR="00505931" w:rsidRDefault="00497A91">
     <w:pPr>
       <w:pStyle w:val="Textoindependiente"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487432192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65DB1602" wp14:editId="27F8F8F5">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>3740150</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10205720</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="165100" cy="313690"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
@@ -22950,93 +22830,94 @@
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00A8314C">
                       <w:rPr>
                         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:color w:val="7D7D7D"/>
                         <w:spacing w:val="-2"/>
                         <w:sz w:val="16"/>
                       </w:rPr>
                       <w:t>editor)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="289635745"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
+    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="27F741B1" w14:textId="3F187E95" w:rsidR="00DF7367" w:rsidRDefault="00DF7367">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="748B8842" w14:textId="77777777" w:rsidR="00DF7367" w:rsidRDefault="00DF7367">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="29A8548A" w14:textId="763CBAC4" w:rsidR="00497A91" w:rsidRPr="00FB3356" w:rsidRDefault="00497A91" w:rsidP="00497A91">
     <w:pPr>
       <w:spacing w:before="12"/>
       <w:ind w:left="20"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00FB3356">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="221F1F"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">         Revista</w:t>
     </w:r>
     <w:r w:rsidRPr="00FB3356">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="221F1F"/>
         <w:spacing w:val="-5"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
@@ -23644,60 +23525,60 @@
             <v:shape w14:anchorId="1FF139D0" id="_x0000_s1035" type="#_x0000_t202" style="position:absolute;margin-left:364.65pt;margin-top:788.3pt;width:192.4pt;height:10.95pt;z-index:-15876096;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDuVwOA3AEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJs64z4hRdiw4D&#10;um5Atw+gZTkWZosapcTOvn6UHKe7vA17EWhSOjznkN5cj30nDpq8QVvK5SKXQluFtbG7Un79cv/q&#10;SgofwNbQodWlPGovr7cvX2wGV+gVttjVmgSDWF8MrpRtCK7IMq9a3YNfoNOWiw1SD4E/aZfVBAOj&#10;9122yvPLbECqHaHS3nP2birKbcJvGq3Cp6bxOoiulMwtpJPSWcUz226g2BG41qgTDfgHFj0Yy03P&#10;UHcQQOzJ/AXVG0XosQkLhX2GTWOUThpYzTL/Q81TC04nLWyOd2eb/P+DVY+HJ/eZRBjf4cgDTCK8&#10;e0D1zQuLty3Ynb4hwqHVUHPjZbQsG5wvTk+j1b7wEaQaPmLNQ4Z9wAQ0NtRHV1inYHQewPFsuh6D&#10;UJxcrdcX6ysuKa4tL97ml69TCyjm1458eK+xFzEoJfFQEzocHnyIbKCYr8RmFu9N16XBdva3BF+M&#10;mcQ+Ep6oh7EahalL+Sb2jWIqrI8sh3BaF15vDlqkH1IMvCql9N/3QFqK7oNlS+JezQHNQTUHYBU/&#10;LWWQYgpvw7R/e0dm1zLyZLrFG7atMUnRM4sTXR5/Enpa1bhfv36nW88/1PYnAAAA//8DAFBLAwQU&#10;AAYACAAAACEAMWHvY+IAAAAOAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8Q2Qkbizt&#10;YN1amk4TghMSoisHjmnjtdEapzTZVt6e9DSO9v/p9+d8O5menXF02pKAeBEBQ2qs0tQK+KreHjbA&#10;nJekZG8JBfyig21xe5PLTNkLlXje+5aFEnKZFNB5P2Scu6ZDI93CDkghO9jRSB/GseVqlJdQbnq+&#10;jKKEG6kpXOjkgC8dNsf9yQjYfVP5qn8+6s/yUOqqSiN6T45C3N9Nu2dgHid/hWHWD+pQBKfankg5&#10;1gtYL9PHgIZgtU4SYDMSx08xsHrepZsV8CLn/98o/gAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDuVwOA3AEAAJgDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQAxYe9j4gAAAA4BAAAPAAAAAAAAAAAAAAAAADYEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAARQUAAAAA&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="6BD86AAE" w14:textId="4F13120D" w:rsidR="00DF7367" w:rsidRDefault="00DF7367">
                     <w:pPr>
                       <w:spacing w:before="14"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05693650" w14:textId="77777777" w:rsidR="009E0254" w:rsidRDefault="009E0254">
+    <w:p w14:paraId="50A164CC" w14:textId="77777777" w:rsidR="008E2B0A" w:rsidRDefault="008E2B0A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="53E3CA99" w14:textId="77777777" w:rsidR="009E0254" w:rsidRDefault="009E0254">
+    <w:p w14:paraId="7FC60387" w14:textId="77777777" w:rsidR="008E2B0A" w:rsidRDefault="008E2B0A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="57713097" w14:textId="6D57DC82" w:rsidR="00DF7367" w:rsidRPr="00FA47DE" w:rsidRDefault="00DF7367" w:rsidP="00497A91">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FA47DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
@@ -23875,51 +23756,51 @@
       </w:r>
       <w:r w:rsidRPr="00FA47DE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>sencillo).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DB9DAB5" w14:textId="77777777" w:rsidR="00497A91" w:rsidRPr="00497A91" w:rsidRDefault="00497A91" w:rsidP="00497A91">
       <w:pPr>
         <w:rPr>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="42BF38A2" w14:textId="6FD4CCC0" w:rsidR="00DF7367" w:rsidRDefault="00A8314C">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487443456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51BFC2A2" wp14:editId="01BAA7F6">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>2526492</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>3043</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4197655" cy="450850"/>
               <wp:effectExtent l="0" t="0" r="12700" b="25400"/>
               <wp:wrapNone/>
               <wp:docPr id="1471075249" name="Text Box 10"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -24014,51 +23895,51 @@
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:i/>
                         <w:iCs/>
                         <w:color w:val="231F20"/>
                       </w:rPr>
                       <w:t>Título del artículo (Calibri 11, cursiva, alineado a la derecha)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="261723FA" w14:textId="7DEF0C38" w:rsidR="00DF7367" w:rsidRDefault="00FA47DE">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487445504" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="56B4BB13" wp14:editId="6E79B61F">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="4197655" cy="450850"/>
               <wp:effectExtent l="0" t="0" r="12700" b="25400"/>
               <wp:wrapNone/>
               <wp:docPr id="1287800845" name="Text Box 10"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -24151,51 +24032,51 @@
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:i/>
                         <w:iCs/>
                         <w:color w:val="231F20"/>
                       </w:rPr>
                       <w:t>Título del artículo (Calibri 11, cursiva, alineado a la izquierda)</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="margin"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="07A4C999" w14:textId="37F3C85C" w:rsidR="00DF7367" w:rsidRPr="00153E97" w:rsidRDefault="00DF7367" w:rsidP="00DF7367">
     <w:pPr>
       <w:spacing w:before="65"/>
       <w:ind w:left="5485"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00153E97">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251649536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2249E361" wp14:editId="1649A1F7">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>3868420</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>26035</wp:posOffset>
               </wp:positionV>
@@ -24543,51 +24424,51 @@
                   <a:blip r:embed="rId2" cstate="print"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="487680" cy="170180"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="008805F0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D55E232C"/>
     <w:lvl w:ilvl="0" w:tplc="0C0A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -25305,153 +25186,159 @@
   <w:num w:numId="1" w16cid:durableId="724304791">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1654287518">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="95295857">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="665983333">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="671028514">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1466462193">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1759717647">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00505931"/>
+    <w:rsid w:val="00031994"/>
     <w:rsid w:val="00034FEF"/>
+    <w:rsid w:val="00076E2D"/>
     <w:rsid w:val="000D5F07"/>
     <w:rsid w:val="00153301"/>
     <w:rsid w:val="00153E97"/>
     <w:rsid w:val="0027704C"/>
     <w:rsid w:val="00305766"/>
+    <w:rsid w:val="003B0275"/>
     <w:rsid w:val="003C2E3C"/>
     <w:rsid w:val="003C4EBD"/>
     <w:rsid w:val="00403072"/>
     <w:rsid w:val="00450246"/>
     <w:rsid w:val="00497A91"/>
     <w:rsid w:val="00505931"/>
     <w:rsid w:val="0056636C"/>
     <w:rsid w:val="005C5FBE"/>
     <w:rsid w:val="00633846"/>
     <w:rsid w:val="007C3908"/>
     <w:rsid w:val="007D489E"/>
     <w:rsid w:val="0080785E"/>
+    <w:rsid w:val="008E2B0A"/>
+    <w:rsid w:val="009869AE"/>
     <w:rsid w:val="0099325B"/>
     <w:rsid w:val="009B62EB"/>
     <w:rsid w:val="009E0254"/>
     <w:rsid w:val="00A8314C"/>
     <w:rsid w:val="00AB099E"/>
+    <w:rsid w:val="00AB18CC"/>
     <w:rsid w:val="00B21127"/>
     <w:rsid w:val="00B82081"/>
     <w:rsid w:val="00BC24D8"/>
     <w:rsid w:val="00C82AF6"/>
     <w:rsid w:val="00DF00C0"/>
     <w:rsid w:val="00DF7367"/>
     <w:rsid w:val="00E33843"/>
     <w:rsid w:val="00E438B6"/>
     <w:rsid w:val="00E8015B"/>
     <w:rsid w:val="00EA1CE8"/>
     <w:rsid w:val="00EE49C6"/>
     <w:rsid w:val="00F14D12"/>
     <w:rsid w:val="00F34754"/>
     <w:rsid w:val="00FA47DE"/>
     <w:rsid w:val="00FB3356"/>
     <w:rsid w:val="00FE6AA4"/>
     <w:rsid w:val="00FF273C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1CE92414"/>
   <w15:docId w15:val="{1C4BB0CA-D8CE-4363-964B-F57D75113002}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -26134,51 +26021,51 @@
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
     <w:name w:val="Título 4 Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Ttulo4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00E33843"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:lang w:val="es-ES"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:correoelectr%C3%B3nico@dominio.es" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doi.org/10.4185/RLCS-a&#241;o-ID" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:correoelectr%C3%B3nico@dominio.es" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.xxxxxx.xxx/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:correoelectronico@dominio.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:correoelectronico@dominio.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doi.org/10.4185/RLCS-a&#241;o-ID" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -26449,94 +26336,94 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\ISO690.XSL" StyleName="ISO 690 - Primer elemento y fecha" Version="1987"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62FE75DF-EBA8-4225-9E52-C45F67D0D505}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1493</Words>
-  <Characters>8214</Characters>
+  <Words>1302</Words>
+  <Characters>8387</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>68</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>182</Lines>
+  <Paragraphs>103</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Títulos</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="14" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>Título del artículo (Calibri 24, negrita, centrado, interlineado sencillo)</vt:lpstr>
       <vt:lpstr>Título del artículo en inglés (Calibri 18, centrado, interlineado sencillo)</vt:lpstr>
       <vt:lpstr>    RESUMEN (Calibri 12, justificado, negrita, interlineado sencillo)</vt:lpstr>
       <vt:lpstr>    ABSTRACT (Calibri 12, justificado, negrita, interlineado sencillo)</vt:lpstr>
       <vt:lpstr>    INTRODUCCIÓN (Epígrafe obligatorio. Calibri 12, negrita, justificado, interlinea</vt:lpstr>
       <vt:lpstr>    OBJETIVOS (Epígrafe obligatorio. Calibri 12, negrita, justificado, interlineado </vt:lpstr>
       <vt:lpstr>    METODOLOGÍA (Epígrafe obligatorio. Calibri 12, negrita, justificado, interlinead</vt:lpstr>
       <vt:lpstr>    RESULTADOS (Epígrafe obligatorio. Calibri 12, negrita, justificado, interlineado</vt:lpstr>
       <vt:lpstr>    DISCUSIÓN Y CONCLUSIONES (Epígrafe obligatorio. Calibri 12, negrita, justificado</vt:lpstr>
       <vt:lpstr>        Título de 2º nivel (Numeración en arábigo, Calibri 12, negrita, justificado, int</vt:lpstr>
       <vt:lpstr>    REFERENCIAS (Epígrafe obligatorio. Calibri 12, negrita, justificado, interlinead</vt:lpstr>
       <vt:lpstr>    CONTRIBUCIONES DE AUTORES/AS, FINANCIACIÓN Y AGRADECIMIENTOS</vt:lpstr>
       <vt:lpstr>AUTOR/A/ES/AS:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9688</CharactersWithSpaces>
+  <CharactersWithSpaces>9586</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>ALMUDENA BARRIENTOS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-05-26T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 22 para Word</vt:lpwstr>
   </property>