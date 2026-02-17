--- v0 (2025-12-05)
+++ v1 (2026-02-17)
@@ -772,63 +772,72 @@
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="780CDC8F" id="docshapegroup9" o:spid="_x0000_s1026" style="position:absolute;margin-left:96.95pt;margin-top:4.3pt;width:17.95pt;height:8.65pt;z-index:15731200;mso-position-horizontal-relative:page" coordorigin="1939,86" coordsize="359,173" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDxOXd2rgIAAAIIAAAOAAAAZHJzL2Uyb0RvYy54bWzcVdlu2zAQfC/QfyD4&#10;nuhwHNuC7aBomqBAmho9PoCmKImIeGBJW87fd0nJjnMAKYICRfsggeSKq5nZ4XJ+sVMt2Qpw0ugF&#10;zU5TSoTmppS6XtCfP65OppQ4z3TJWqPFgt4LRy+W79/NO1uI3DSmLQUQTKJd0dkFbby3RZI43gjF&#10;3KmxQmOwMqCYxynUSQmsw+yqTfI0PU86A6UFw4VzuHrZB+ky5q8qwf3XqnLCk3ZBEZuPb4jvdXgn&#10;yzkramC2kXyAwd6AQjGp8aeHVJfMM7IB+SyVkhyMM5U/5UYlpqokF5EDssnSJ2yuwWxs5FIXXW0P&#10;MqG0T3R6c1p+u70G+92uoEePwxvD7xzqknS2Lo7jYV73H5N198WUWE+28SYS31WgQgqkRHZR3/uD&#10;vmLnCcfFPJ/MzseUcAxl6Ww6Hvf68waLFHZls9GMEoxOz/eRT8Pe0RgjceNkFGIJK/pfRpgDrOXc&#10;Sl7gM0iFo2dSvW4p3OU3IOiQRP1WDsXgbmNPsKqWebmWrfT30aGoTgCltyvJg8phgqqugMgSGZ/N&#10;xunZZJTjOdFMoaKl4a5hVmTRnPuv+70scIv1Idp8bJiuxQdn0eSYCPfvlwBM1whWurActHqcJU4f&#10;4Vm30l7Jtg0FDOOBOZ6TJz57Qbzew5eGb5TQvj+UIFoUwWjXSOsogUKotUC28LlEnBwbgkemFqT2&#10;fZ0d8G9II55G50F43gQsFWIa1rHeh0Ak8IA5sHPo4FdNebBXlk77/+6dmY0CrmBLHBy7CxUH56+F&#10;USQMkALCjIZn2xsXACOw/ScBsjZByL3oAdagP6L8B+05Tcf55Gw6y5/ZM+r02Fj/gT2R51+zZ57l&#10;2BxD9xv64sGd2PJe7H0P1vsj7oytFC+aaOrhUgw32fEcx8dX9/IXAAAA//8DAFBLAwQKAAAAAAAA&#10;ACEAi08ftgAEAAAABAAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAA&#10;ABwAAAAcCAMAAABF0y+mAAAB2lBMVEX//////v7+/v7+/f3+/Pz9/Pz9+/v9+vr8+vr8+fn8+Pj7&#10;9/f79vb79PT69PT58vL58fH58PD47u737e336+v26en15+f05eX05OTz4uLw3Nzw29vv2dnu19fu&#10;1tbu1dXs0tLs0dHs0NDrz8/rzs7rzc3qzMzqysrpy8vpycnoycnox8fnxsbnxMTkvLzju7viuLjh&#10;trbhtbXgsrLfsbHfsLDerq7crKzbqKjbp6fap6fapaXZoqLXn5/XnZ3TlpbTlZXTk5PRj4/RjY3P&#10;iorPh4fOiIjNg4PMgYHLgYHKf3/Kfn7KfX3JenrIeXnFc3PFcHDEb2/EbW3DbW3Da2vBaGjBZ2fB&#10;Zma/Y2O/YmK+Xl69XFy7Vla6Vla6VVW5UVG2TU21Skq0SEizRkayQkKxPz+uOjquODitNjatNTWs&#10;MzOsMjKsMTGrMTGrMDCrLi6qMjKqLi6qLCypLi6pKyupKSmoJyenJSWmKCilIyOkHh6kHR2jGxui&#10;Hh6iHByiGhqhGRmhFRWeExOdDQ2dDAycDAycCgqbCQmbBQWaCAiaBgaaBQWaAwOZCQmZBgaZAgKZ&#10;AQGZAACYBQWYAwOYAACXAwOXAQGXAACWAACVAACUAACTAACSAACRAADA9uBWAAAAAWJLR0QAiAUd&#10;SAAAAAlwSFlzAAAOxAAADsQBlSsOGwAAAb9JREFUKJFtkudbFDEQxleQegecoCKKtFPkAAUUVJQO&#10;0hRBwF6oCndSLNiQIqBYwINAIMlk/V+d3dzehnt4P+yTd37PbGYmYxzJC5RoOptpaEqc5Nuavn8Z&#10;bTzlwpCgujjIb93HHBjkxBW1Ply+uRALGQBjAiwLq5cOQArLD6+XB6puzwgMiNXzGmS7vdnqV576&#10;ZcDc2YwoZL9vuA3kvheEyM4o5A16e2eWOGErJyMQXtjBwub2ykTrUIep0KQgDZdiJL7nr5RizBpB&#10;8pQgMKwgDx7FSKvJ8AJzPAXPXZKwrz4bygfoffN22VRcRlPNKF0/reAd9Oc27fEQswtN2Salv/w2&#10;NHvQ528oKNvQXNxCWKQyn6JPfQ32NLaK0dRyytZyVEGfvBio2gF8lH/3rF4GJOEfPaoVftWKXJne&#10;oIudSXjKWmBEPokMQYSsVCPVX3rCnsZdwKqvOeODQX18NWFKxFy6A6no90ZZ7Q+8CW66T0Zholrh&#10;gkf7OCnzWZy+CYK9e9xxq+/lT8B+Zeh4zA5xQAlEVL7KOWTB1A17932RBXsruSYB8s9IhVNawvPP&#10;H1zNBYdairSmPOlprryGrv8qtfefQIzQGgAAAABJRU5ErkJgglBLAwQKAAAAAAAAACEAyBVNFDkE&#10;AAA5BAAAFAAAAGRycy9tZWRpYS9pbWFnZTIucG5niVBORw0KGgoAAAANSUhEUgAAACUAAAAlCAMA&#10;AADyQNAxAAABrVBMVEX////+/v79/f38/Pz7+/v6+vr4+Pj39/f29vb19fXz8/Py8vLw8PDv7+/u&#10;7u7t7e3s7Ozr6+vq6urp6enn5+fi4uLf39/e3t7d3d3c3Nzb29vZ2dnU1NTT09PR0dHPz8/Nzc3M&#10;zMzKysrJycnIyMjFxcXDw8PCwsLBwcG8vLy6urq5ubm4uLi1tbWysrKxsbGvr6+srKypqamnp6em&#10;pqalpaWkpKSjo6OgoKCfn5+enp6dnZ2cnJyampqZmZmYmJiXl5eWlpaVlZWTk5OQkJCPj4+KioqJ&#10;iYmIiIiHh4eEhISDg4OCgoKAgIB+fn58fHx7e3t5eXl4eHh3d3d2dnZycnJvb29paWlnZ2dmZmZl&#10;ZWVkZGRjY2NiYmJgYGBfX19eXl5dXV1cXFxaWlpZWVlYWFhVVVVUVFRTU1NSUlJQUFBPT09OTk5M&#10;TExLS0tISEhHR0dGRkZFRUVERERCQkJBQUFAQEA/Pz8+Pj49PT08PDw7Ozs6Ojo5OTk4ODg3Nzc2&#10;NjY1NTU0NDQzMzMyMjIxMTEwMDAvLy8uLi4tLS0rKysoKCgnJycmJiYcHBykDMmEAAAAAWJLR0QA&#10;iAUdSAAAAAlwSFlzAAAOxAAADsQBlSsOGwAAAiVJREFUOI19k+lb00AQxpeCeNCiiPeFoCIqooB4&#10;1GopgiAFbwXxgIp3jbYlSZsmu5u0uari3+wmu61Nm+T9ktl5fs/Mm5ldAJoU3dsbixLFukCI5vLZ&#10;Lx+Ivt0Koy7VdFUiQp96Qqhdn3WZJxKU0bBicculePgijBo3KSVuHQ+GImuM4vFMMHUKYUZJIf5n&#10;awgJLiXAQP9dm1WVK9Bi6GEQNYBUZXRDcqlitjeAmrf1TMcMZi3H/KH+XMW6AY4VRBdTVnb4Utdt&#10;basfgEeQFpPO+npfN2zH8vky/U206EcNaWp1mHx3vi9T/9wBHyptVz92O8FNxOY/1Q715TQ76UYH&#10;fxZdSn7T7n/CwniAho9pMaHU5j/y2tBpQwCGJeZ/qZUii7bjLO7eCPI/T4bVVz9MQrbMa14o9kPT&#10;vqemU6lkIpG4vcDTlvJbr/8xE0FkmqalQyLa0PF/phnqWDGhZui6blRkR0qR9/F/WsWYe5chWl9z&#10;tJqlmJg/3EQt2hgNgk6iiCtwBVJn+M5/aF9O0zOeVx/9WnKp8ubuRm7cQrWE96dn2fyVC/VM5JWp&#10;lg55qZMivYzoaT1D5m4990Kgc5W93/wRlrlfQ9pICwWSKrs/d+m5h6uohT2t1FX6Soh/egemDITL&#10;J1qpJbZLQZ4kp5EHZQyhxt27eLRB7B+6/KzEtsSLQjoNfv+xyf7MX9t/Xzao+Lbp7pMKGQZYruvJ&#10;RIM6t7zg1T+1xO4jlAB7RwAAAABJRU5ErkJgglBLAwQUAAYACAAAACEAuZ0FQd4AAAAIAQAADwAA&#10;AGRycy9kb3ducmV2LnhtbEyPQWvCQBCF74X+h2WE3uomEcXEbESk7UkK1ULpbc2OSTA7G7JrEv99&#10;p6f2No/3ePO9fDvZVgzY+8aRgngegUAqnWmoUvB5en1eg/BBk9GtI1RwRw/b4vEh15lxI33gcAyV&#10;4BLymVZQh9BlUvqyRqv93HVI7F1cb3Vg2VfS9HrkctvKJIpW0uqG+EOtO9zXWF6PN6vgbdTjbhG/&#10;DIfrZX//Pi3fvw4xKvU0m3YbEAGn8BeGX3xGh4KZzu5GxouWdbpIOapgvQLBfpKkPOXMxzIFWeTy&#10;/4DiBwAA//8DAFBLAwQUAAYACAAAACEALmzwAMUAAAClAQAAGQAAAGRycy9fcmVscy9lMm9Eb2Mu&#10;eG1sLnJlbHO8kMGKwjAQhu8L+w5h7tu0PSyymPYigldxH2BIpmmwmYQkir69gWVBQfDmcWb4v/9j&#10;1uPFL+JMKbvACrqmBUGsg3FsFfwetl8rELkgG1wCk4IrZRiHz4/1nhYsNZRnF7OoFM4K5lLij5RZ&#10;z+QxNyES18sUksdSx2RlRH1ES7Jv22+Z7hkwPDDFzihIO9ODOFxjbX7NDtPkNG2CPnni8qRCOl+7&#10;KxCTpaLAk3H4t+ybyBbkc4fuPQ7dv4N8eO5wAwAA//8DAFBLAQItABQABgAIAAAAIQCxgme2CgEA&#10;ABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;APE5d3auAgAAAggAAA4AAAAAAAAAAAAAAAAAOgIAAGRycy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAA&#10;AAAhAItPH7YABAAAAAQAABQAAAAAAAAAAAAAAAAAFAUAAGRycy9tZWRpYS9pbWFnZTEucG5nUEsB&#10;Ai0ACgAAAAAAAAAhAMgVTRQ5BAAAOQQAABQAAAAAAAAAAAAAAAAARgkAAGRycy9tZWRpYS9pbWFn&#10;ZTIucG5nUEsBAi0AFAAGAAgAAAAhALmdBUHeAAAACAEAAA8AAAAAAAAAAAAAAAAAsQ0AAGRycy9k&#10;b3ducmV2LnhtbFBLAQItABQABgAIAAAAIQAubPAAxQAAAKUBAAAZAAAAAAAAAAAAAAAAALwOAABk&#10;cnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzUEsFBgAAAAAHAAcAvgEAALgPAAAAAA==&#10;">
                 <v:shape id="docshape10" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:1939;top:108;width:131;height:131;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAwemvVzgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvQv/DMgVvdtMaq6bdFikIotBqtIK3ITtNgtnZNLtN4793DoLHmffmvW+W68E1qqcu1J4NTCcJ&#10;KOLC25pLAx/vj1d3oEJEtth4JgM/FGC9Gl0sMbP+zG/U57FUEsIhQwNVjG2mdSgqchgmviUW7eA7&#10;h1HGrtS2w7OEu0bPkmSuHdYsDRW2tKmo+M5PzkC62X9t/fT0GfPXY797ruf7l93RmMvx8LAAFWmI&#10;/+a/6ycr+On9TZLeXs8EWn6SBejVLwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9Cxb&#10;vwAAABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAwemvV&#10;zgAAAOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA&#10;AgMAAAAA&#10;">
                   <v:imagedata r:id="rId19" o:title=""/>
                 </v:shape>
                 <v:shape id="docshape11" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:2125;top:85;width:173;height:173;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA8DR38yAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/Q/LCL2IbhraGqOrtKVSqScfoMchO3m02dmQXTX++25B8Djfe2aLztTiTK2rLCt4GkUgiDOr&#10;Ky4U7HfLYQLCeWSNtWVScCUHi/lDb4apthfe0HnrCxFC2KWooPS+SaV0WUkG3cg2xIHLbWvQh7Mt&#10;pG7xEsJNLeMoepUGKw4NJTb0UVL2uz0ZBafB4d3JKj8uv/WX+flkXl/zg1KP/e5tCsJT5+/im3ul&#10;w/wkeonHz8kkhv+fAgBy/gcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA8DR38yAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
                   <v:imagedata r:id="rId20" o:title=""/>
                 </v:shape>
                 <w10:wrap anchorx="page"/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="A6A6A6"/>
         </w:rPr>
         <w:t xml:space="preserve">( </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:rPr>
-        <w:t>The corresponding icons are linked. Only the identifiers that the author has, the</w:t>
+        <w:t>The</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> corresponding icons are linked. Only the identifiers that the author has, the</w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         </w:rPr>
         <w:t>rest is removed)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="485748EF" w14:textId="77777777" w:rsidR="00505931" w:rsidRPr="00153E97" w:rsidRDefault="00505931">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="26"/>
         </w:rPr>
@@ -1702,69 +1711,58 @@
                                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                                 <w:color w:val="231F20"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                                 <w:lang w:val="es-ES"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
                             <w:r w:rsidR="00EA1CE8" w:rsidRPr="008D5B4C">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:color w:val="A6A6A6"/>
                                 <w:lang w:val="es-ES"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="00EA1CE8" w:rsidRPr="007C3908">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                                 <w:color w:val="A6A6A6"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>(</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="002456D3">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                                 <w:color w:val="A6A6A6"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
-                              <w:t>Clibri</w:t>
-[...9 lines deleted...]
-                              <w:t xml:space="preserve"> Light 11, justified, single spacing</w:t>
+                              <w:t>Clibri Light 11, justified, single spacing</w:t>
                             </w:r>
                             <w:r w:rsidR="00EA1CE8" w:rsidRPr="007C3908">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                                 <w:color w:val="A6A6A6"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t>)</w:t>
                             </w:r>
                             <w:r w:rsidR="00EE49C6" w:rsidRPr="007C3908">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                                 <w:color w:val="231F20"/>
                                 <w:spacing w:val="-11"/>
                                 <w:sz w:val="22"/>
                                 <w:szCs w:val="22"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:hyperlink r:id="rId26" w:history="1">
                               <w:r w:rsidRPr="0043660B">
                                 <w:rPr>
                                   <w:rStyle w:val="Hipervnculo"/>
                                   <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
@@ -2156,69 +2154,58 @@
                           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                           <w:color w:val="231F20"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                           <w:lang w:val="es-ES"/>
                         </w:rPr>
                         <w:t>.</w:t>
                       </w:r>
                       <w:r w:rsidR="00EA1CE8" w:rsidRPr="008D5B4C">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:color w:val="A6A6A6"/>
                           <w:lang w:val="es-ES"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="00EA1CE8" w:rsidRPr="007C3908">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                           <w:color w:val="A6A6A6"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>(</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="002456D3">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                           <w:color w:val="A6A6A6"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
-                        <w:t>Clibri</w:t>
-[...9 lines deleted...]
-                        <w:t xml:space="preserve"> Light 11, justified, single spacing</w:t>
+                        <w:t>Clibri Light 11, justified, single spacing</w:t>
                       </w:r>
                       <w:r w:rsidR="00EA1CE8" w:rsidRPr="007C3908">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                           <w:color w:val="A6A6A6"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t>)</w:t>
                       </w:r>
                       <w:r w:rsidR="00EE49C6" w:rsidRPr="007C3908">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                           <w:color w:val="231F20"/>
                           <w:spacing w:val="-11"/>
                           <w:sz w:val="22"/>
                           <w:szCs w:val="22"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:hyperlink r:id="rId27" w:history="1">
                         <w:r w:rsidRPr="0043660B">
                           <w:rPr>
                             <w:rStyle w:val="Hipervnculo"/>
                             <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
@@ -2318,129 +2305,141 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="221F1F"/>
         </w:rPr>
         <w:t>investigation,</w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="221F1F"/>
         </w:rPr>
         <w:t>financing</w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="221F1F"/>
         </w:rPr>
         <w:t>either</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="221F1F"/>
         </w:rPr>
         <w:t xml:space="preserve">gratitude </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="808080"/>
         </w:rPr>
         <w:t>(Calibri 11,</w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="808080"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="808080"/>
         </w:rPr>
         <w:t xml:space="preserve">italics, justified, single spacing). </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="221F1F"/>
         </w:rPr>
-        <w:t xml:space="preserve">Indicate the start and end date of the investigation </w:t>
-      </w:r>
+        <w:t xml:space="preserve">Indicate the start and end date of the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="221F1F"/>
+        </w:rPr>
+        <w:t xml:space="preserve">investigation </w:t>
+      </w:r>
+      <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2DA7983F" w14:textId="2FC14E42" w:rsidR="00505931" w:rsidRPr="00153E97" w:rsidRDefault="00505931">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3D9BA4C7" w14:textId="43635592" w:rsidR="00505931" w:rsidRPr="00153E97" w:rsidRDefault="00A8314C" w:rsidP="00633846">
       <w:pPr>
         <w:spacing w:before="1"/>
         <w:ind w:left="111"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
@@ -2506,156 +2505,126 @@
                             </w:pPr>
                             <w:r w:rsidRPr="00A40157">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                               <w:t>Date of Receipt</w:t>
                             </w:r>
                             <w:r w:rsidR="00EA1CE8" w:rsidRPr="00A40157">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                             <w:r w:rsidR="00EA1CE8" w:rsidRPr="00A40157">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
-                              <w:t>dd/mm/</w:t>
+                              <w:t>dd/mm/aaaa</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-                            <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidR="00EA1CE8" w:rsidRPr="00A40157">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="5FA1CAA2" w14:textId="5DD83FF8" w:rsidR="00EA1CE8" w:rsidRPr="00A40157" w:rsidRDefault="007A0366" w:rsidP="00A8314C">
                             <w:pPr>
                               <w:ind w:left="227" w:right="45"/>
                               <w:rPr>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00A40157">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                               <w:t>Date of Acceptance</w:t>
                             </w:r>
                             <w:r w:rsidR="00EA1CE8" w:rsidRPr="00A40157">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                             <w:r w:rsidR="00EA1CE8" w:rsidRPr="00A40157">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
-                              <w:t>dd/mm/</w:t>
+                              <w:t>dd/mm/aaaa</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-                            <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidR="00EA1CE8" w:rsidRPr="00A40157">
                               <w:rPr>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00A40157">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                               <w:t>Date of Publication</w:t>
                             </w:r>
                             <w:r w:rsidR="00EA1CE8" w:rsidRPr="00A40157">
                               <w:rPr>
                                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                                 <w:b/>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
                               <w:t xml:space="preserve">: </w:t>
                             </w:r>
                             <w:r w:rsidR="00EA1CE8" w:rsidRPr="00A40157">
                               <w:rPr>
                                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                                 <w:color w:val="231F20"/>
                                 <w:lang w:val="en-GB"/>
                               </w:rPr>
-                              <w:t>dd/mm/</w:t>
+                              <w:t>dd/mm/aaaa</w:t>
                             </w:r>
-                            <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-                            <w:proofErr w:type="spellEnd"/>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="3144F2AD" id="Text Box 270" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:.05pt;margin-top:89.25pt;width:187.1pt;height:43.65pt;z-index:251661824;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXGG3g8AEAAMEDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJm3Yw4hRdsgwD&#10;ugvQ9QNkWbaFyaJGKbGzrx8lO+kub8VeBEokD3kOqfXd0Bl2VOg12IIvZnPOlJVQadsU/Onb/s1b&#10;znwQthIGrCr4SXl+t3n9at27XC2hBVMpZARifd67grchuDzLvGxVJ/wMnLLkrAE7EeiKTVah6Am9&#10;M9lyPr/JesDKIUjlPb3uRiffJPy6VjJ8qWuvAjMFp95COjGdZTyzzVrkDQrXajm1IV7QRSe0paIX&#10;qJ0Igh1Q/wPVaYngoQ4zCV0Gda2lShyIzWL+F5vHVjiVuJA43l1k8v8PVn4+PrqvyMLwDgYaYCLh&#10;3QPI755Z2LbCNuoeEfpWiYoKL6JkWe98PqVGqX3uI0jZf4KKhiwOARLQUGMXVSGejNBpAKeL6GoI&#10;TNLj8ur2ZnFLLkm+1er6arVKJUR+znbowwcFHYtGwZGGmtDF8cGH2I3IzyGxmAejq702Jl2wKbcG&#10;2VHQArxf7K/3uwn9jzBjY7CFmDYixpdEMzIbOYahHJiuJg0i6xKqE/FGGPeK/gEZLeBPznraqYL7&#10;HweBijPz0ZJ2cQHPBp6N8mwIKym14IGz0dyGcVEPDnXTEvI4HQv3pG+tE/XnLqZ2aU+SItNOx0X8&#10;/Z6inn/e5hcAAAD//wMAUEsDBBQABgAIAAAAIQCYEPVH3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BasMwEETvhf6D2EJvjdykToxrOZRC6bVJW0JuG2ttmVgrY8mJ8/dVTullYJhl5m2xnmwn&#10;TjT41rGC51kCgrhyuuVGwc/3x1MGwgdkjZ1jUnAhD+vy/q7AXLszb+i0DY2IJexzVGBC6HMpfWXI&#10;op+5njhmtRsshmiHRuoBz7HcdnKeJEtpseW4YLCnd0PVcTtaBbvPvf9Kj7i//Ka1qfvdWMuUlHp8&#10;mN5eQQSawu0YrvgRHcrIdHAjay+6qxch6ipLQcR4sXpZgDgomC/TDGRZyP8PlH8AAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAlxht4PABAADBAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAmBD1R94AAAAIAQAADwAAAAAAAAAAAAAAAABKBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFUFAAAAAA==&#10;" fillcolor="#e1f4fd" stroked="f">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="333786EC" w14:textId="2E5D771F" w:rsidR="00A8314C" w:rsidRPr="00A40157" w:rsidRDefault="002456D3" w:rsidP="00A8314C">
                       <w:pPr>
                         <w:ind w:left="227" w:right="45"/>
                         <w:rPr>
                           <w:color w:val="231F20"/>
@@ -2664,156 +2633,126 @@
                       </w:pPr>
                       <w:r w:rsidRPr="00A40157">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                         <w:t>Date of Receipt</w:t>
                       </w:r>
                       <w:r w:rsidR="00EA1CE8" w:rsidRPr="00A40157">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                       <w:r w:rsidR="00EA1CE8" w:rsidRPr="00A40157">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
-                        <w:t>dd/mm/</w:t>
+                        <w:t>dd/mm/aaaa</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-                      <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidR="00EA1CE8" w:rsidRPr="00A40157">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="5FA1CAA2" w14:textId="5DD83FF8" w:rsidR="00EA1CE8" w:rsidRPr="00A40157" w:rsidRDefault="007A0366" w:rsidP="00A8314C">
                       <w:pPr>
                         <w:ind w:left="227" w:right="45"/>
                         <w:rPr>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00A40157">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                         <w:t>Date of Acceptance</w:t>
                       </w:r>
                       <w:r w:rsidR="00EA1CE8" w:rsidRPr="00A40157">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                       <w:r w:rsidR="00EA1CE8" w:rsidRPr="00A40157">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
-                        <w:t>dd/mm/</w:t>
+                        <w:t>dd/mm/aaaa</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-                      <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidR="00EA1CE8" w:rsidRPr="00A40157">
                         <w:rPr>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00A40157">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                         <w:t>Date of Publication</w:t>
                       </w:r>
                       <w:r w:rsidR="00EA1CE8" w:rsidRPr="00A40157">
                         <w:rPr>
                           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
                           <w:b/>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
                         <w:t xml:space="preserve">: </w:t>
                       </w:r>
                       <w:r w:rsidR="00EA1CE8" w:rsidRPr="00A40157">
                         <w:rPr>
                           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                           <w:color w:val="231F20"/>
                           <w:lang w:val="en-GB"/>
                         </w:rPr>
-                        <w:t>dd/mm/</w:t>
+                        <w:t>dd/mm/aaaa</w:t>
                       </w:r>
-                      <w:proofErr w:type="spellStart"/>
-[...8 lines deleted...]
-                      <w:proofErr w:type="spellEnd"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="square" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="170D3173" w14:textId="524F32F9" w:rsidR="00505931" w:rsidRPr="00153E97" w:rsidRDefault="00505931" w:rsidP="00633846">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4D09EF00" w14:textId="77777777" w:rsidR="00505931" w:rsidRDefault="00505931">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="10"/>
@@ -12912,266 +12851,238 @@
     </w:p>
     <w:p w14:paraId="24B10EF2" w14:textId="77777777" w:rsidR="00B21127" w:rsidRDefault="00B21127">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7625F561" w14:textId="77777777" w:rsidR="00B21127" w:rsidRDefault="00B21127">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3DB4EFC7" w14:textId="77777777" w:rsidR="00B21127" w:rsidRDefault="00B21127">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21A304F4" w14:textId="2994212D" w:rsidR="00505931" w:rsidRPr="00B21127" w:rsidRDefault="009B62EB" w:rsidP="00B21127">
+    <w:p w14:paraId="0601C502" w14:textId="67CD44B0" w:rsidR="00505931" w:rsidRDefault="009B62EB" w:rsidP="0012188F">
       <w:pPr>
         <w:pStyle w:val="Ttulo2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:color w:val="7D7D7D"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="1._REFERENCIAS"/>
       <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="0012188F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="221F1F"/>
           <w:w w:val="95"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>REFERENCES</w:t>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="(Epígrafe_obligatorio._Times_12,_negrita"/>
       <w:bookmarkEnd w:id="10"/>
-      <w:r w:rsidR="00B21127">
+      <w:r w:rsidR="00B21127" w:rsidRPr="0012188F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="221F1F"/>
           <w:w w:val="95"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="0012188F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(Epigraph</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="0012188F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="0012188F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mandatory.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="0012188F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FA47DE" w:rsidRPr="00B21127">
+      <w:r w:rsidR="00FA47DE" w:rsidRPr="0012188F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Calibri12,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="0012188F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="0012188F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>bold font,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="0012188F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="0012188F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>justified,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="0012188F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="0012188F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>line spacing</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="0012188F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidRPr="0012188F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>simple)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B21127">
+      <w:r w:rsidR="007303F0" w:rsidRPr="0012188F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...27 lines deleted...]
-        <w:t>/ OR ANY OTHER LINK SHORNER.</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="0012188F" w:rsidRPr="0012188F">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="7D7D7D"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>All URLs or DOIs, as applicable, shall be presented in their original format and never shortened.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0601C502" w14:textId="77777777" w:rsidR="00505931" w:rsidRPr="00153E97" w:rsidRDefault="00505931">
-[...7 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="795F5577" w14:textId="77777777" w:rsidR="0012188F" w:rsidRPr="0012188F" w:rsidRDefault="0012188F" w:rsidP="0012188F"/>
     <w:p w14:paraId="0CEF9DD5" w14:textId="77777777" w:rsidR="00505931" w:rsidRPr="00153E97" w:rsidRDefault="009B62EB" w:rsidP="00B21127">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-15"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
@@ -13211,57 +13122,59 @@
         <w:t>they will write</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>Following</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>he</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>style</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
@@ -13393,57 +13306,59 @@
         <w:t>Calibri12,</w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>Bleeding</w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>french</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DF7367" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>1.27</w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
@@ -13483,87 +13398,93 @@
         <w:t>justified.</w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>Between</w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>references</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>has to</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>exist</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="40"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
@@ -13618,117 +13539,137 @@
         <w:t>simple.</w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>When</w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>author</w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
-        <w:t>repeat,</w:t>
-      </w:r>
+        <w:t>repeat</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>HE</w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
-        <w:t>To return to</w:t>
-      </w:r>
+        <w:t xml:space="preserve">To </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="7D7D7D"/>
+        </w:rPr>
+        <w:t>return to</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
@@ -13959,67 +13900,69 @@
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">BOOKS </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(authors</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -14385,67 +14328,69 @@
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="33"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="33"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="7D7D7D"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">italics </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Editorial.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36B8C840" w14:textId="77777777" w:rsidR="00505931" w:rsidRPr="00153E97" w:rsidRDefault="00505931" w:rsidP="00B21127">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="709" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -14583,67 +14528,69 @@
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">italics </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Editorial.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F3F159B" w14:textId="77777777" w:rsidR="00505931" w:rsidRPr="00153E97" w:rsidRDefault="00505931" w:rsidP="00B21127">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="709" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -14715,67 +14662,69 @@
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>OF</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">BOOK </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(authors</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -15255,65 +15204,67 @@
         <w:t>TO.</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="79"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
         </w:rPr>
         <w:t>(Year).</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="80"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t xml:space="preserve">Qualification </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="77"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
         </w:rPr>
         <w:t>(Thesis</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="79"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
@@ -16290,65 +16241,67 @@
         <w:t>d.</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
         </w:rPr>
         <w:t>(Year).</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t xml:space="preserve">Qualification </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId29">
         <w:r w:rsidRPr="00153E97">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>www.xxxxxx.xxx</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="0A2F9F00" w14:textId="77777777" w:rsidR="00505931" w:rsidRPr="00153E97" w:rsidRDefault="00505931">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:spacing w:before="11"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -16537,117 +16490,199 @@
         <w:ind w:right="227"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Conceptualization: </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Surname </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Surname</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> , First Name. </w:t>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> First Name. </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Software: </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Last Name Last Name , First Name. </w:t>
+        <w:t xml:space="preserve">Last Name Last </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Name ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> First Name. </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Validation: </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Last Name Last Name , First Name. </w:t>
+        <w:t xml:space="preserve">Last Name Last </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Name ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> First Name. </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Formal analysis: </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Last Name Last Name , First Name and Last Name Last Name , First Name. </w:t>
+        <w:t xml:space="preserve">Last Name Last </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Name ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> First Name and Last Name Last </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Name ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> First Name. </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Healing</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
@@ -16685,52 +16720,62 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Last name</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Last name ,</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Last </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>name ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Name.</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -16798,67 +16843,69 @@
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>original:</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Surname </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Surname</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ,</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Name.</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -16940,52 +16987,62 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Last name</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Last name ,</w:t>
-      </w:r>
+        <w:t xml:space="preserve">Last </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>name ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Name.</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -16993,156 +17050,232 @@
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Display:</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Last Name Last Name , First Name. </w:t>
-[...25 lines deleted...]
-        <w:t xml:space="preserve">, </w:t>
+        <w:t xml:space="preserve">Last Name Last </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Name ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> First Name. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Supervision :</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Last </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name Last </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Name </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">First Name. </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Project Management: </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Last Name Last Name , First Name. </w:t>
+        <w:t xml:space="preserve">Last Name Last </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Name ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> First Name. </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>All the</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Authors have read and accepted the published version of the manuscript: </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Surname </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Surname</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> , First name.</w:t>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="221F1F"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> First name.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07783FDF" w14:textId="483375F1" w:rsidR="00505931" w:rsidRPr="00B21127" w:rsidRDefault="009B62EB" w:rsidP="00B21127">
       <w:pPr>
         <w:spacing w:before="1" w:after="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Financing:</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="221F1F"/>
@@ -17180,75 +17313,77 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>received</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>either</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>financing</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -18104,59 +18239,68 @@
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>simple.</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
-        <w:t xml:space="preserve">Maximum 120 words, in a single paragraph) </w:t>
+        <w:t>Maximum 120 words, in a single paragraph</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="7D7D7D"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="2DCA017B" w14:textId="66D6F96F" w:rsidR="00505931" w:rsidRPr="00153E97" w:rsidRDefault="009B62EB" w:rsidP="00305766">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="229" w:right="506"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId36">
         <w:r w:rsidRPr="00153E97">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>email@domain.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="80"/>
@@ -18904,59 +19048,68 @@
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
         <w:t>simple.</w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
         </w:rPr>
-        <w:t xml:space="preserve">Maximum 120 words, in a single paragraph) </w:t>
+        <w:t>Maximum 120 words, in a single paragraph</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00153E97">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="7D7D7D"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="42E02063" w14:textId="18E1E668" w:rsidR="00034FEF" w:rsidRPr="00153E97" w:rsidRDefault="00034FEF" w:rsidP="00034FEF">
       <w:pPr>
         <w:pStyle w:val="Textoindependiente"/>
         <w:ind w:left="229" w:right="506"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId37">
         <w:r w:rsidRPr="00153E97">
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="0000FF"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>email@domain.com</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="0000FF"/>
           <w:spacing w:val="80"/>
@@ -19323,58 +19476,58 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009B62EB" w:rsidRPr="00153E97">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="7D7D7D"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>authors.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00505931" w:rsidRPr="00153E97" w:rsidSect="00E8015B">
       <w:footerReference w:type="default" r:id="rId38"/>
       <w:pgSz w:w="11920" w:h="16850"/>
       <w:pgMar w:top="780" w:right="460" w:bottom="1060" w:left="740" w:header="454" w:footer="315" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3A2F733E" w14:textId="77777777" w:rsidR="00FC4DD8" w:rsidRDefault="00FC4DD8">
+    <w:p w14:paraId="5C03A7FA" w14:textId="77777777" w:rsidR="00D8631B" w:rsidRDefault="00D8631B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3ED729C5" w14:textId="77777777" w:rsidR="00FC4DD8" w:rsidRDefault="00FC4DD8">
+    <w:p w14:paraId="7DE69A87" w14:textId="77777777" w:rsidR="00D8631B" w:rsidRDefault="00D8631B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
@@ -20323,55 +20476,51 @@
                               <w:sz w:val="18"/>
                               <w:lang w:val="es-ES"/>
                             </w:rPr>
                             <w:t>No.</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="15E703B6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
-[...3 lines deleted...]
-            <v:shape id="docshape1" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:52.75pt;margin-top:787.4pt;width:182.65pt;height:12pt;z-index:-15885312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASZF632gEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU81u1DAQviPxDpbvbJKlW0G02aq0KkIq&#10;FKn0ARzHTiwSjxl7N1menrGz2QK9IS7WZGx//n4m26tp6NlBoTdgK16scs6UldAY21b86dvdm3ec&#10;+SBsI3qwquJH5fnV7vWr7ehKtYYO+kYhIxDry9FVvAvBlVnmZacG4VfglKVNDTiIQJ/YZg2KkdCH&#10;Plvn+WU2AjYOQSrvqXs7b/JdwtdayfCgtVeB9RUnbiGtmNY6rtluK8oWheuMPNEQ/8BiEMbSo2eo&#10;WxEE26N5ATUYieBBh5WEIQOtjVRJA6kp8r/UPHbCqaSFzPHubJP/f7Dyy+HRfUUWpg8wUYBJhHf3&#10;IL97ZuGmE7ZV14gwdko09HARLctG58vT1Wi1L30EqcfP0FDIYh8gAU0ah+gK6WSETgEcz6arKTBJ&#10;zfXb4v3lZsOZpL1is77IUyqZKJfbDn34qGBgsag4UqgJXRzufYhsRLkciY9ZuDN9n4Lt7R8NOhg7&#10;iX0kPFMPUz0x01T8IkqLYmpojiQHYR4XGm8qOsCfnI00KhX3P/YCFWf9J0uWxLlaClyKeimElXS1&#10;4oGzubwJ8/ztHZq2I+TZdAvXZJs2SdEzixNdij8JPY1qnK/fv9Op5x9q9wsAAP//AwBQSwMEFAAG&#10;AAgAAAAhANZuybjfAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMT0FOwzAQvCPxB2srcaN2UdOm&#10;IU5VITghIdJw4OjEbmI1XofYbcPv2Z7KbWZnNDuTbyfXs7MZg/UoYTEXwAw2XltsJXxVb48psBAV&#10;atV7NBJ+TYBtcX+Xq0z7C5bmvI8toxAMmZLQxThknIemM06FuR8Mknbwo1OR6NhyPaoLhbuePwmx&#10;4k5ZpA+dGsxLZ5rj/uQk7L6xfLU/H/VneShtVW0Evq+OUj7Mpt0zsGimeDPDtT5Vh4I61f6EOrCe&#10;uEgSshJI1ksaQZblWhCor6dNmgIvcv5/RfEHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;EmRet9oBAACYAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA1m7JuN8AAAANAQAADwAAAAAAAAAAAAAAAAA0BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
+            <v:shape w14:anchorId="15E703B6" id="docshape1" o:spid="_x0000_s1032" type="#_x0000_t202" style="position:absolute;margin-left:52.75pt;margin-top:787.4pt;width:182.65pt;height:12pt;z-index:-15885312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQASZF632gEAAJgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU81u1DAQviPxDpbvbJKlW0G02aq0KkIq&#10;FKn0ARzHTiwSjxl7N1menrGz2QK9IS7WZGx//n4m26tp6NlBoTdgK16scs6UldAY21b86dvdm3ec&#10;+SBsI3qwquJH5fnV7vWr7ehKtYYO+kYhIxDry9FVvAvBlVnmZacG4VfglKVNDTiIQJ/YZg2KkdCH&#10;Plvn+WU2AjYOQSrvqXs7b/JdwtdayfCgtVeB9RUnbiGtmNY6rtluK8oWheuMPNEQ/8BiEMbSo2eo&#10;WxEE26N5ATUYieBBh5WEIQOtjVRJA6kp8r/UPHbCqaSFzPHubJP/f7Dyy+HRfUUWpg8wUYBJhHf3&#10;IL97ZuGmE7ZV14gwdko09HARLctG58vT1Wi1L30EqcfP0FDIYh8gAU0ah+gK6WSETgEcz6arKTBJ&#10;zfXb4v3lZsOZpL1is77IUyqZKJfbDn34qGBgsag4UqgJXRzufYhsRLkciY9ZuDN9n4Lt7R8NOhg7&#10;iX0kPFMPUz0x01T8IkqLYmpojiQHYR4XGm8qOsCfnI00KhX3P/YCFWf9J0uWxLlaClyKeimElXS1&#10;4oGzubwJ8/ztHZq2I+TZdAvXZJs2SdEzixNdij8JPY1qnK/fv9Op5x9q9wsAAP//AwBQSwMEFAAG&#10;AAgAAAAhANZuybjfAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMT0FOwzAQvCPxB2srcaN2UdOm&#10;IU5VITghIdJw4OjEbmI1XofYbcPv2Z7KbWZnNDuTbyfXs7MZg/UoYTEXwAw2XltsJXxVb48psBAV&#10;atV7NBJ+TYBtcX+Xq0z7C5bmvI8toxAMmZLQxThknIemM06FuR8Mknbwo1OR6NhyPaoLhbuePwmx&#10;4k5ZpA+dGsxLZ5rj/uQk7L6xfLU/H/VneShtVW0Evq+OUj7Mpt0zsGimeDPDtT5Vh4I61f6EOrCe&#10;uEgSshJI1ksaQZblWhCor6dNmgIvcv5/RfEHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;EmRet9oBAACYAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA1m7JuN8AAAANAQAADwAAAAAAAAAAAAAAAAA0BAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAEAFAAAAAA==&#10;" filled="f" stroked="f">
               <v:textbox inset="0,0,0,0">
                 <w:txbxContent>
                   <w:p w14:paraId="20E83042" w14:textId="1639D8B4" w:rsidR="00505931" w:rsidRPr="00A40157" w:rsidRDefault="009B62EB">
                     <w:pPr>
                       <w:spacing w:before="12"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="es-ES"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00A40157">
                       <w:rPr>
                         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:color w:val="221F1F"/>
                         <w:sz w:val="18"/>
                         <w:lang w:val="es-ES"/>
                       </w:rPr>
                       <w:t>Revista</w:t>
                     </w:r>
                     <w:r w:rsidRPr="00A40157">
                       <w:rPr>
                         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                         <w:color w:val="221F1F"/>
@@ -21120,58 +21269,58 @@
                 <w:txbxContent>
                   <w:p w14:paraId="6BD86AAE" w14:textId="4F13120D" w:rsidR="00DF7367" w:rsidRDefault="00DF7367">
                     <w:pPr>
                       <w:spacing w:before="14"/>
                       <w:ind w:left="20"/>
                       <w:rPr>
                         <w:sz w:val="16"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26DC3507" w14:textId="77777777" w:rsidR="00FC4DD8" w:rsidRDefault="00FC4DD8">
+    <w:p w14:paraId="41A1D293" w14:textId="77777777" w:rsidR="00D8631B" w:rsidRDefault="00D8631B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B2867C4" w14:textId="77777777" w:rsidR="00FC4DD8" w:rsidRDefault="00FC4DD8">
+    <w:p w14:paraId="50B8CCC8" w14:textId="77777777" w:rsidR="00D8631B" w:rsidRDefault="00D8631B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
     <w:p w14:paraId="57713097" w14:textId="1267B844" w:rsidR="00DF7367" w:rsidRPr="00FA47DE" w:rsidRDefault="00DF7367" w:rsidP="00497A91">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A40157">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="221F1F"/>
           <w:sz w:val="20"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
@@ -21434,51 +21583,71 @@
                         <a:miter lim="800000"/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w14:paraId="2C19AB7E" w14:textId="62A5A291" w:rsidR="00A8314C" w:rsidRPr="00D936CD" w:rsidRDefault="007A0366" w:rsidP="00A8314C">
                           <w:pPr>
                             <w:jc w:val="right"/>
                             <w:rPr>
                               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               <w:i/>
                               <w:iCs/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="007A0366">
                             <w:rPr>
                               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                               <w:i/>
                               <w:iCs/>
                               <w:color w:val="231F20"/>
                             </w:rPr>
-                            <w:t>Article title (Calibri 11, italic, right-aligned)</w:t>
+                            <w:t xml:space="preserve">Article title (Calibri 11, italic, </w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramStart"/>
+                          <w:r w:rsidRPr="007A0366">
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                              <w:i/>
+                              <w:iCs/>
+                              <w:color w:val="231F20"/>
+                            </w:rPr>
+                            <w:t>right-aligned</w:t>
+                          </w:r>
+                          <w:proofErr w:type="gramEnd"/>
+                          <w:r w:rsidRPr="007A0366">
+                            <w:rPr>
+                              <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                              <w:i/>
+                              <w:iCs/>
+                              <w:color w:val="231F20"/>
+                            </w:rPr>
+                            <w:t>)</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="51BFC2A2" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
@@ -22744,116 +22913,122 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1654287518">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="95295857">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="665983333">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="671028514">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1466462193">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1759717647">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
-  <w:proofState w:spelling="clean"/>
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:evenAndOddHeaders/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:savePreviewPicture/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00505931"/>
     <w:rsid w:val="00034FEF"/>
     <w:rsid w:val="000D5F07"/>
+    <w:rsid w:val="0012188F"/>
     <w:rsid w:val="00147AF2"/>
     <w:rsid w:val="00153301"/>
     <w:rsid w:val="00153E97"/>
     <w:rsid w:val="002456D3"/>
     <w:rsid w:val="0027704C"/>
+    <w:rsid w:val="002F2333"/>
     <w:rsid w:val="00305766"/>
     <w:rsid w:val="003C2E3C"/>
     <w:rsid w:val="003C4EBD"/>
     <w:rsid w:val="00434DE4"/>
     <w:rsid w:val="00450246"/>
     <w:rsid w:val="00497A91"/>
     <w:rsid w:val="00505931"/>
     <w:rsid w:val="00546741"/>
     <w:rsid w:val="0056636C"/>
     <w:rsid w:val="005C5FBE"/>
     <w:rsid w:val="0062040F"/>
     <w:rsid w:val="00633846"/>
+    <w:rsid w:val="007303F0"/>
+    <w:rsid w:val="00765D7A"/>
     <w:rsid w:val="007A0366"/>
     <w:rsid w:val="007C3908"/>
     <w:rsid w:val="007D489E"/>
     <w:rsid w:val="0080785E"/>
     <w:rsid w:val="008D5B4C"/>
     <w:rsid w:val="009B62EB"/>
     <w:rsid w:val="00A40157"/>
     <w:rsid w:val="00A8314C"/>
     <w:rsid w:val="00AD3E33"/>
     <w:rsid w:val="00B21127"/>
     <w:rsid w:val="00B82081"/>
     <w:rsid w:val="00BC24D8"/>
     <w:rsid w:val="00BF29EE"/>
     <w:rsid w:val="00C82AF6"/>
+    <w:rsid w:val="00D8631B"/>
     <w:rsid w:val="00DF00C0"/>
     <w:rsid w:val="00DF7367"/>
+    <w:rsid w:val="00E015DB"/>
     <w:rsid w:val="00E33843"/>
     <w:rsid w:val="00E4096F"/>
     <w:rsid w:val="00E449D3"/>
     <w:rsid w:val="00E8015B"/>
     <w:rsid w:val="00EA1CE8"/>
     <w:rsid w:val="00EE49C6"/>
     <w:rsid w:val="00F14D12"/>
     <w:rsid w:val="00F34754"/>
     <w:rsid w:val="00FA47DE"/>
     <w:rsid w:val="00FB3356"/>
     <w:rsid w:val="00FC4DD8"/>
     <w:rsid w:val="00FE6AA4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -23894,93 +24069,93 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\ISO690.XSL" StyleName="ISO 690 - Primer elemento y fecha" Version="1987"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{62FE75DF-EBA8-4225-9E52-C45F67D0D505}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
   <Words>1309</Words>
-  <Characters>7204</Characters>
+  <Characters>7203</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>60</Lines>
   <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Títulos</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>13</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="14" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr>Qualification of the article (Calibri 24, bold, centered, single spacing)</vt:lpstr>
       <vt:lpstr>Qualification of the article in English (Calibri 18, centered, single spacing)</vt:lpstr>
       <vt:lpstr>    ABSTRACT (Calibri 12, justified, bold font, line spacing simple)</vt:lpstr>
       <vt:lpstr>    RESUMEN (Calibri 12, justified, bold, single spacing)</vt:lpstr>
       <vt:lpstr>    INTRODUCTION (Mandatory heading. Calibri 12, bold, justified, single spacing)</vt:lpstr>
       <vt:lpstr>    OBJECTIVES (Mandatory heading. Calibri 12, bold, justified, single spacing)</vt:lpstr>
       <vt:lpstr>    METHODOLOGY (Mandatory heading. Calibri 12, bold, justified, single spacing)</vt:lpstr>
       <vt:lpstr>    RESULTS (Mandatory heading. Calibri 12, bold, justified, single spacing)</vt:lpstr>
       <vt:lpstr>    DISCUSSION AND CONCLUSIONS (Mandatory heading. Calibri 12, bold, justified, sing</vt:lpstr>
       <vt:lpstr>        Qualification of 2nd level (Arabic numbering, Calibri12, bold, justified, single</vt:lpstr>
       <vt:lpstr>    REFERENCES (Epigraph mandatory. Calibri12, bold font, justified, line spacing si</vt:lpstr>
       <vt:lpstr>    CONTRIBUTIONS OF AUTHORS, FINANCING AND THANKS</vt:lpstr>
       <vt:lpstr>AUTHOR/A/ES/AS:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8497</CharactersWithSpaces>
+  <CharactersWithSpaces>8496</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>ALMUDENA BARRIENTOS</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-05-26T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Acrobat PDFMaker 22 para Word</vt:lpwstr>
   </property>